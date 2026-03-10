--- v1 (2026-02-17)
+++ v2 (2026-03-10)
@@ -273,51 +273,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786257654357</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">151,00 TL</w:t>
+              <w:t xml:space="preserve">230,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leyla Meryem Han</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>