--- v2 (2026-03-10)
+++ v3 (2026-03-30)
@@ -190,50 +190,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>