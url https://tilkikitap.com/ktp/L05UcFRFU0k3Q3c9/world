--- v0 (2025-11-05)
+++ v1 (2025-11-26)
@@ -273,65 +273,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fatih Can</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mizanpajcı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alper Coşkunalp</w:t>
+              <w:t xml:space="preserve">Senem Yıldırım</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak Grafikeri: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alper Coşkunalp</w:t>
+              <w:t xml:space="preserve">Senem Yıldırım</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">İpek Kocaman</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>