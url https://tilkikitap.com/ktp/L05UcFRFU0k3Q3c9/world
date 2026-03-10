--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255779212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">292,56 TL</w:t>
+              <w:t xml:space="preserve">1.045,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>