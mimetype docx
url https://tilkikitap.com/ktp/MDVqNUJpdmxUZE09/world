--- v0 (2025-11-27)
+++ v1 (2025-12-17)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tilki Kitap  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Verno Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:312.75pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>