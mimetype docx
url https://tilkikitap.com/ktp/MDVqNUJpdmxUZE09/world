--- v2 (2026-01-08)
+++ v3 (2026-02-17)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -344,51 +344,186 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">.</w:t>
+              <w:t xml:space="preserve">Üstadımız Ö. Cenap Başman'ın manevi gelişimi dahil olmak</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">üzere akışa geçirdiği rabsal, ruhsal ve teknolojik bilgilerin</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">bütünselliğinden oluşmaktadır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İlk üç kitap, yayınladığı eserlerin yanı sıra devreye soktuğu 'Axoy</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ra'nın Bilgeliği'nin rabsal, ruhsal temelli bilgilerini içermekte</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">olduğu gibi teknolojik bilgilerin ilk devreye sokulduğu evrensel</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">teknolojik bilgilerden oluşmaktadır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serinin diğer kitaplarında; Çekirdek Dünyada yüksek görev</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">vurgulamış, farklı kültürdeki, inançtaki varlıkların değerli</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">bilgilerinden de okumalar yaparak açıklamalar yaptığımız</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">programlara da yer verdik.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">'Axoy RA'nın Bilgeliğini Ö. Cenap Başman'ın gözünden okuyacak olan</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">siz değerli okuyucularımızın, Üstadımızı yakinen tanıyabilmeleri</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">adına konferans ve ders notlarındaki kendisine has üsluba</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dokunmadan aktarmaya gayret gösterdik.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serisinde bir takım programların birden fazla yer aldığını da</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">farkedeceksiniz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bunun nedeni; Üstadımız belli periyotlarda devreye soktuğu</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">programlar dönemin ihtiyacına binaen, bilinçlerin yetiştirilme</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">programı için gerekli gördüğü içindir. Güncelleme ve manyetik</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">alanlar çalışmasıyla programların nasıl değiştiğine ve geliştiğine</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">tanık olacaksınız. Tarihsel sıralamaya göre ayarladığımız serinin,</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Üstadımızın arzu ettiği gibi evrensel insanlık keyfiyetine ulaşmak</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">isteyen canlarımıza rehberlik etmesini umut ediyoruz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Daima faaliyette kalınız!.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>