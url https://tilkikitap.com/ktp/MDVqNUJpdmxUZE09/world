--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786259815084</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">595,00 TL</w:t>
+              <w:t xml:space="preserve">970,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yayın Danışmanı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>