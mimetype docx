--- v0 (2026-01-02)
+++ v1 (2026-01-22)
@@ -105,51 +105,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lerzan Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEL ZIMBA</w:t>
+              <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -161,107 +161,107 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE TEL ZIMBA 200 - 300</w:t>
+              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAT</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Boyutları: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">135 X 195 </w:t>
+              <w:t xml:space="preserve">135 X 195 mm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256433946</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,72 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Minik ve Meraklı</w:t>
+              <w:t xml:space="preserve">Ne kadar zor olsa da, vazgeçmedi</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Küçücük ayaklarıyla yürümeye devam etti.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yağan kara rağmen kalbi sıcacık çünkü</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">inanıyordu güneşi orada bulacağına </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>