--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256433946</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">150,00 TL</w:t>
+              <w:t xml:space="preserve">630,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nur Sibel ZENGÜL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>