--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -119,107 +119,121 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Roman/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amerikan Cilt</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Hamur Enos/Holmen Siyah Beyaz 60 gr</w:t>
+              <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe Amerikan Cilt 230 gr</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mat Selefon</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>