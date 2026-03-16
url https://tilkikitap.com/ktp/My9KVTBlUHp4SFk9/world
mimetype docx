--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786257561327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">434,00 TL</w:t>
+              <w:t xml:space="preserve">760,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dilek Öksüz</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>