--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -91,51 +91,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AKŞEMSEDDİN`İN DOSTU</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.NASIR KILIÇ</w:t>
+              <w:t xml:space="preserve">A. Nasır Kılıç</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hikaye/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>