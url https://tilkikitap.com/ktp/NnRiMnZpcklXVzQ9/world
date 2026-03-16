--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255896773</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">271,20 TL</w:t>
+              <w:t xml:space="preserve">370,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>