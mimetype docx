--- v1 (2026-02-09)
+++ v2 (2026-03-03)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786257561358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">338,00 TL</w:t>
+              <w:t xml:space="preserve">580,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pınar Yıldırım Şengül</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>