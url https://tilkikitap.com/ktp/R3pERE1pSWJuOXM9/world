--- v1 (2026-02-17)
+++ v2 (2026-03-10)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256130388</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">350,00 TL</w:t>
+              <w:t xml:space="preserve">600,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ahmet Güler</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>