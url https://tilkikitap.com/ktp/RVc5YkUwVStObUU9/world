--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -92,50 +92,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Safira</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">İnci Becerikli</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tür Serisi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roman/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>