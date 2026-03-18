--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255779540</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">260,00 TL</w:t>
+              <w:t xml:space="preserve">310,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>