--- v0 (2025-12-24)
+++ v1 (2026-01-14)
@@ -126,72 +126,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +344,136 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">.</w:t>
+              <w:t xml:space="preserve">EVRENSEL UYUM AĞACI</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsanın iç alemi ile evrenin büyük düzeni</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">arasında görünmez bir köprü vardır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu kitap, o köprünün sessiz taşlarını</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">birer birer ortaya çıkarır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Her varlık, her nefes, her düşünce: Uyum arar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Çünkü uyum, sadece ahlaki bir tercih değil;</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">kainatın işleyen kanunudur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu yolculukta;</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> * Işık ve karanlığın aslında birbirine düşman değil,</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   aynı bütünün iki tamamlayıcı sesi olduğunu göreceksin.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> * Zamanın katmanlarını, bilincin dönüşümünü,</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">   iyiliğin kaynağını ve ölümün bir bitiş değil geçiş olduğunu...</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu kitap sana "inan" demez.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sana sadece hatırla der.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HATIRLA:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sen evrensel uyumun bir dalısın.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kökün ise bir ve aynı.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>