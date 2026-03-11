--- v1 (2026-02-18)
+++ v2 (2026-03-11)
@@ -147,51 +147,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786259361307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">260,00 TL</w:t>
+              <w:t xml:space="preserve">400,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>