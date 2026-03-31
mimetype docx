--- v2 (2026-03-11)
+++ v3 (2026-03-31)
@@ -168,50 +168,64 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -344,51 +358,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Keremin Dino Dünyası</w:t>
+              <w:t xml:space="preserve">Hayal gücünün kapılarını aralamaya hazır mısınız? Küçük Kerem, rengârenk yapı bloklarıyla kendi Dino Dünyası'nı kurarken macera dolu bir yolculuğa adım atar. Bir gece, odasında beklenmedik bir şey olur: Bloklardan yaptığı dinozorlar... canlanır! Ama bu sihir sadece Kerem yalnızken gerçekleşmektedir. Ne annesi ne de en yakın arkadaşı Uraz bu mucizeye tanık olabilir. Kerem, hayal gücünün gücünü keşfederken okur da onunla birlikte merak etmeye, düşünmeye ve hayal kurmaya davet ediliyor. Kerem'in Dino Dünyası, çocuklara şunu fısıldayan sıcak ve sihirli bir hikâye: "Hayal ettikçe her şey mümkün." Sevgi dolu, renkli ve ilham veren bir macera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>