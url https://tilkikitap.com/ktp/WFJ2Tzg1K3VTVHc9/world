--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786057946072</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">180,00 TL</w:t>
+              <w:t xml:space="preserve">285,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sinem Kaya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>