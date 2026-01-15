--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -105,107 +105,121 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ayşe Erdoğan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amerikan Cilt</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Hamur Siyah Beyaz 80 gram</w:t>
+              <w:t xml:space="preserve">1. HAMUR SB 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe/Amerikan Bristrol Amerikan Cilt 200-300 gr</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mat Selefon</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>