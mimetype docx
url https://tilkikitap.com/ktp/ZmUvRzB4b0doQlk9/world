--- v1 (2026-01-15)
+++ v2 (2026-02-04)
@@ -330,51 +330,86 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Karınca Toti ile Bir gün.</w:t>
+              <w:t xml:space="preserve">Sürekli çalışmaktan sıkılan ve gördüğü rüyanın etkisinde kalan Toti hayallerinin peşinden koşmaya karar verir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bir gün rüyasında gördüğü yeri bulmak için ailesinden ayrılır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Toti bu yolculukta pek çok maceralar, zorluklar ve hayal kırıklıkları ile karşılaşır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ama asla pes etmez.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karıncaların gizemli yaşamını merak ettiniz mi hiç?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Haydi bir de karınca gözüyle bakalım hayata.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yaşanan bütün zorluklara rağmen asla pes etmemenin, her zorluğun bir çıkış yolu ve mutlu sonu olduğunun, küçük, büyük herkese hitap eden Toti ile birlikte farklı bir bakış açısı geliştirerek, kendi payımıza çıkartacağımız dersin farkına varmaya ne dersiniz?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Haydi hep birlikte kitapların büyülü dünyasında buluşalım. İyi okumalar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>