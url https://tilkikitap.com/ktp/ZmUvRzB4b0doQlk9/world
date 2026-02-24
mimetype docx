--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -161,65 +161,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR SB 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAT SELEFON</w:t>
+              <w:t xml:space="preserve">SELEFONSUZ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>