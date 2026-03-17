--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786258039849</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">191,00 TL</w:t>
+              <w:t xml:space="preserve">340,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hilal Eksik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>