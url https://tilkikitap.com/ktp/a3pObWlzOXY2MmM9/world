--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -77,51 +77,51 @@
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:294pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kırmızı Küçük Kuş</w:t>
+              <w:t xml:space="preserve">Küçük Kırmızı Kuş</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Serra Alona Saltık</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>