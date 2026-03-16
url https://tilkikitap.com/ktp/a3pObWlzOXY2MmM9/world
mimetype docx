--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256831520</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">197,00 TL</w:t>
+              <w:t xml:space="preserve">300,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Esra Nur Yıldırım</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>