--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -77,65 +77,65 @@
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:291.5pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TOFİ</w:t>
+              <w:t xml:space="preserve">Tofi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.NASIR KILIÇ</w:t>
+              <w:t xml:space="preserve">A. Nasır Kılıç</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hikaye/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>