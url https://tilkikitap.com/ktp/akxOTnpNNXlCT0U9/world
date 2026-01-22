--- v1 (2025-11-17)
+++ v2 (2026-01-22)
@@ -140,72 +140,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>