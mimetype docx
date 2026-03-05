--- v3 (2026-02-12)
+++ v4 (2026-03-05)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255896766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">168,00 TL</w:t>
+              <w:t xml:space="preserve">670,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>