--- v0 (2025-11-07)
+++ v1 (2025-12-19)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tilki Kitap  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Verno Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:296.25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>