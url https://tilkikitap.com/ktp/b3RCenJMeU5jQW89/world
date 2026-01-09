--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -126,72 +126,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -326,50 +340,78 @@
               <w:t xml:space="preserve">Senem Yıldırım</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Her yanış bir yok oluş değildir; bazen küllerin arasından doğan yeni bir hakikattir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Halil Yetgin, bu kitabında insanın kendi gölgesine yürüyüşünü, kırık aynalarda yüzünü tanıyışını ve kuyuların dibinde sabırla bekleyişini anlatıyor. Küllerin üzerinde atılan her adım, hem geçmişin yükünü taşır hem de geleceğin sessiz davetini fısıldar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu satırlarda sözcükler ateşle konuşur, sessizlik bir duanın saf hâline dönüşür. Okur, kendi yarasına dokunur, kalbine eğilir ve Allah’ın her kuluna öğütlediği o içsel muhasebeyi yeniden hatırlar. Çünkü asıl yolculuk, insanın kendi içinde başlar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“Küller Üstünde Yürüyen”, acının da, sabrın da, yeniden doğuşun da kitabı… Yıkıntılardan yükselen, küllerin arasından yeni bir umut inşa edenlerin hikâyesi.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>