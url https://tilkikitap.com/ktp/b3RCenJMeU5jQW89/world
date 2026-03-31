--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -168,50 +168,64 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -245,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786259656908</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">220,00 TL</w:t>
+              <w:t xml:space="preserve">280,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yayın Danışmanı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>