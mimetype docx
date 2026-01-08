--- v0 (2025-12-17)
+++ v1 (2026-01-08)
@@ -77,135 +77,149 @@
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:288.5pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu&amp;Türk Derin Devlet Doktrinin Temeli:2</w:t>
+              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu&amp;Türk Derin Devlet Doktrini`nin Temeli:2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ahmet Öven</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alt Başlık: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu&amp;Türk Derin Devlet Doktrinin Temeli:2</w:t>
+              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu&amp;Türk Derin Devlet Doktrini'nin Temeli:2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR CMYK 70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 200 -300</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -368,51 +382,51 @@
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARKA KAPAK YAZISI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu - Türk Derin Devlet Doktrinin Temeli 2  Ahmet ÖVEN</w:t>
+              <w:t xml:space="preserve">Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu - Türk Derin Devlet Doktrini'nin Temeli 2  Ahmet ÖVEN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kontra-Kriz çalışmaları; statik yaklaşımların ötesine geçerek Türkiye Cumhuriyeti Devletini dinamikleştiren, istihbaratın derin entegrasyonu ve hibrit savaş konseptini kullanarak Devlet’in bölgesel bir güçten küresel bir aktöre dönüşme vizyonunu destekleyen, teo-politik, teo-stratejik, etno-politik ve etno-stratejik ve jeo-ekonomik ve jeo-politik denklemlerde fonksiyonel davranan, gayri-nizami öğeler ile sentezlenerek benzersiz bir oyun planı ve stratejik bir oyun  kurucu rehber niteliğindedir.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Türkiye’nin menfaatleri doğrultusunda İsrail’den Suudi Arabistan’a; Gazze’den Balkanlar’a; Adalar Denizi’nden Kafkasya’ya kadar siyasi askeri  istihbari misilleme ve senaryolar geliştirilerek bu kitapta Türk Derin Devlet Sistematiği terminolojisine  “Kontra-Kriz’’, “Kültürel İstihbarat’’ ve  “Açık Kaynaklı İstihbarat Uzmanlığı’’ terimleri eklenmek suretiyle spesifik araştırma alanları oluşturulmuş, bölgesel etki alanının ve güç dengesinin yanı sıra küresel coğrafyadaki nüfuziyet alanının Türk ve İslam Dünyası’ndaki Siyonist ve emperyalist hedeflere karşı inkişafı sağlanmıştır.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>