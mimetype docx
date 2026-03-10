--- v2 (2026-02-17)
+++ v3 (2026-03-10)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255779090</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">520,00 TL</w:t>
+              <w:t xml:space="preserve">775,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>