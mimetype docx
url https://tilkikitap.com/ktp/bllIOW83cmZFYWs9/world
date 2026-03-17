--- v0 (2026-02-25)
+++ v1 (2026-03-17)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786259373171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">370,00 TL</w:t>
+              <w:t xml:space="preserve">455,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yayın Danışmanı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>