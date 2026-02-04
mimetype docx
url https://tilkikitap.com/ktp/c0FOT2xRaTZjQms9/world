--- v0 (2026-01-07)
+++ v1 (2026-02-04)
@@ -147,65 +147,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 135</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,79 +330,91 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Selam ben Maya...</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ailemize yeni bir üye</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">gelecekmiş biliyor musunuz?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu haberi ailem bana nasıl</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">verdi sizce...?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hep birlikte okumaya</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">başlayalım mı..? Ne</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">dersiniz..?</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:br/>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>