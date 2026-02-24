--- v1 (2026-02-04)
+++ v2 (2026-02-24)
@@ -105,51 +105,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pedagog Elif Coşgun</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMERİKAN</w:t>
+              <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>