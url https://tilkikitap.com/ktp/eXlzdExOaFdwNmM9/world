--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -340,59 +340,50 @@
               <w:t xml:space="preserve">Senem Yıldırım</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
-          <w:p>
-[...7 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gelmiştim bu galaksinize on beşi haziranın</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Merhem olarak nüksedecektim her yaranın</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sonucu benken yaşadığınız her kazanın</w:t>