--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255896858</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">190,00 TL</w:t>
+              <w:t xml:space="preserve">290,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Koordinatörü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>