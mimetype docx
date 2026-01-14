--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -126,72 +126,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 300</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>