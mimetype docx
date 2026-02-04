--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -105,107 +105,107 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semra Büyükbudak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMERİKAN</w:t>
+              <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,83 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">"Asım`ın nesli... Diyordum ya... Nesilmiş gerçek:İşte çiğnetmedi namusunu, çiğnetmeyecek!"Mehmet Akif Ersoy</w:t>
+              <w:t xml:space="preserve">"Asım'ın nesli... Diyordum ya... nesilmiş gerçek:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İşte çiğnetmedi namusunu, çiğnetmeyecek"</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(Mehmet Akif Ersoy)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">"Vatanına, milletine ve dinine</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">sahip çıkan; iman, irfan ve</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">bilgi dolu bir nesil</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">yetişmesi duası ile..."</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>