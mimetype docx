--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -105,51 +105,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semra Büyükbudak</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEL DİKİŞ</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>