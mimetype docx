--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256433908</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">284,00 TL</w:t>
+              <w:t xml:space="preserve">665,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fatma Sena Demirer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>